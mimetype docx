--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -2749,88 +2749,60 @@
                 <w:b/>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5446">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>영어</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F203D5" w14:textId="77777777" w:rsidR="0033220B" w:rsidRPr="00CF5446" w:rsidRDefault="00450F68" w:rsidP="00CF5446">
+          <w:p w14:paraId="51F203D5" w14:textId="14560037" w:rsidR="0033220B" w:rsidRPr="00CF5446" w:rsidRDefault="0033220B" w:rsidP="00CF5446">
             <w:pPr>
               <w:pStyle w:val="mystyle"/>
               <w:wordWrap/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="0"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C89DE8A" w14:textId="77777777" w:rsidR="0033220B" w:rsidRPr="00CF5446" w:rsidRDefault="0033220B" w:rsidP="00CF5446">
             <w:pPr>
               <w:pStyle w:val="mystyle"/>
               <w:wordWrap/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="0"/>
               </w:rPr>
@@ -7289,58 +7261,58 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="굴림" w:eastAsia="굴림" w:hAnsi="굴림"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00250E63" w:rsidRPr="00250E63" w:rsidSect="006C1430">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="284" w:right="709" w:bottom="284" w:left="709" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C6CBE39" w14:textId="77777777" w:rsidR="006462DB" w:rsidRDefault="006462DB">
+    <w:p w14:paraId="49492092" w14:textId="77777777" w:rsidR="00BF516F" w:rsidRDefault="00BF516F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63536001" w14:textId="77777777" w:rsidR="006462DB" w:rsidRDefault="006462DB">
+    <w:p w14:paraId="03923103" w14:textId="77777777" w:rsidR="00BF516F" w:rsidRDefault="00BF516F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="맑은 고딕">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -7473,58 +7445,58 @@
     <w:r w:rsidR="002C339D">
       <w:rPr>
         <w:rStyle w:val="a4"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a4"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="47FA002A" w14:textId="77777777" w:rsidR="008A5164" w:rsidRDefault="008A5164">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25275C95" w14:textId="77777777" w:rsidR="006462DB" w:rsidRDefault="006462DB">
+    <w:p w14:paraId="42E9D88A" w14:textId="77777777" w:rsidR="00BF516F" w:rsidRDefault="00BF516F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CBFE4AF" w14:textId="77777777" w:rsidR="006462DB" w:rsidRDefault="006462DB">
+    <w:p w14:paraId="43AB4597" w14:textId="77777777" w:rsidR="00BF516F" w:rsidRDefault="00BF516F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14F0704F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="094880F6"/>
     <w:lvl w:ilvl="0" w:tplc="798EC042">
       <w:start w:val="2019"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
@@ -8312,51 +8284,51 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="73"/>
+  <w:zoom w:percent="108"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="800"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
@@ -8512,82 +8484,84 @@
     <w:rsid w:val="00A64F23"/>
     <w:rsid w:val="00A8731A"/>
     <w:rsid w:val="00A9362A"/>
     <w:rsid w:val="00AA73A7"/>
     <w:rsid w:val="00AB1B52"/>
     <w:rsid w:val="00AC2CC1"/>
     <w:rsid w:val="00AD0823"/>
     <w:rsid w:val="00AD3C97"/>
     <w:rsid w:val="00AF60FA"/>
     <w:rsid w:val="00B32F70"/>
     <w:rsid w:val="00B535EA"/>
     <w:rsid w:val="00B55D1A"/>
     <w:rsid w:val="00B63044"/>
     <w:rsid w:val="00B6319A"/>
     <w:rsid w:val="00B6460B"/>
     <w:rsid w:val="00B825B5"/>
     <w:rsid w:val="00B96F00"/>
     <w:rsid w:val="00BB6D30"/>
     <w:rsid w:val="00BC36FB"/>
     <w:rsid w:val="00BC79B8"/>
     <w:rsid w:val="00BD4E9F"/>
     <w:rsid w:val="00BE0B78"/>
     <w:rsid w:val="00BE636C"/>
     <w:rsid w:val="00BF1042"/>
     <w:rsid w:val="00BF2723"/>
+    <w:rsid w:val="00BF516F"/>
     <w:rsid w:val="00C05B12"/>
     <w:rsid w:val="00C3109F"/>
     <w:rsid w:val="00C3262B"/>
     <w:rsid w:val="00C47B66"/>
     <w:rsid w:val="00C75FEE"/>
     <w:rsid w:val="00C82A90"/>
     <w:rsid w:val="00C97818"/>
     <w:rsid w:val="00CA4F80"/>
     <w:rsid w:val="00CA66CA"/>
     <w:rsid w:val="00CC7878"/>
     <w:rsid w:val="00CF5446"/>
     <w:rsid w:val="00D112C2"/>
     <w:rsid w:val="00D115D1"/>
     <w:rsid w:val="00D24FF0"/>
     <w:rsid w:val="00D45BA2"/>
     <w:rsid w:val="00D4723D"/>
     <w:rsid w:val="00D60B68"/>
     <w:rsid w:val="00D652CD"/>
     <w:rsid w:val="00D8745B"/>
     <w:rsid w:val="00DB7754"/>
     <w:rsid w:val="00DE0855"/>
     <w:rsid w:val="00DF38CC"/>
     <w:rsid w:val="00E54FF4"/>
     <w:rsid w:val="00E80F93"/>
     <w:rsid w:val="00EA1D73"/>
     <w:rsid w:val="00EB3561"/>
     <w:rsid w:val="00ED6A82"/>
     <w:rsid w:val="00EE18C9"/>
     <w:rsid w:val="00EE4021"/>
     <w:rsid w:val="00EF1422"/>
     <w:rsid w:val="00F05576"/>
     <w:rsid w:val="00F14B9B"/>
+    <w:rsid w:val="00F43C5D"/>
     <w:rsid w:val="00F4794D"/>
     <w:rsid w:val="00F528D1"/>
     <w:rsid w:val="00F61AA2"/>
     <w:rsid w:val="00F84CF5"/>
     <w:rsid w:val="00F91BFD"/>
     <w:rsid w:val="00FA2F4C"/>
     <w:rsid w:val="00FA5A90"/>
     <w:rsid w:val="00FB610B"/>
     <w:rsid w:val="00FB6693"/>
     <w:rsid w:val="00FC5398"/>
     <w:rsid w:val="00FD4736"/>
     <w:rsid w:val="00FD4DA2"/>
     <w:rsid w:val="00FE6482"/>
     <w:rsid w:val="00FF750E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -8699,94 +8673,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -9495,82 +9473,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16B99431-B883-4B47-AD81-0341F76C2593}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>206</Words>
-  <Characters>1180</Characters>
+  <Words>205</Words>
+  <Characters>1170</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>삼성입사를 생각하며...</vt:lpstr>
       <vt:lpstr>삼성입사를 생각하며...</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>삼성</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1384</CharactersWithSpaces>
+  <CharactersWithSpaces>1373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>삼성입사를 생각하며...</dc:title>
   <dc:creator>김정수</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="NSCPROP">
     <vt:lpwstr>NSCCustomProperty</vt:lpwstr>
   </property>
 </Properties>
 </file>